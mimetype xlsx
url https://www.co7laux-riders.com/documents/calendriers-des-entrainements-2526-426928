--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://opac38-my.sharepoint.com/personal/sebastien_tronchet_alpeshabitat_fr/Documents/Perso/CO7LAUX/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="173" documentId="8_{B681C2C7-6070-43D7-A3AD-9EE10BE35F0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0E58BC3D-E31F-4BBC-BEA3-9955C047B8A0}"/>
+  <xr:revisionPtr revIDLastSave="184" documentId="8_{B681C2C7-6070-43D7-A3AD-9EE10BE35F0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5E4363F0-FB86-4E85-BBE1-D80482DAC866}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="25-26" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="Tgloc6p9U54K4khDo8XBggHWFL8fKb6B2A3D1+EMacI="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="Z41" i="2" l="1"/>
   <c r="Y41" i="2"/>
   <c r="X41" i="2"/>
   <c r="S41" i="2"/>
   <c r="R41" i="2"/>
   <c r="Q41" i="2"/>
   <c r="L41" i="2"/>
   <c r="K41" i="2"/>
   <c r="J41" i="2"/>
   <c r="D41" i="2"/>
   <c r="E41" i="2"/>
   <c r="C41" i="2"/>
   <c r="C44" i="2" l="1"/>
   <c r="C45" i="2"/>
   <c r="C43" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="21">
   <si>
     <t xml:space="preserve">Freeski </t>
   </si>
   <si>
     <t>DÉCEMBRE</t>
   </si>
   <si>
     <t>JANVIER</t>
   </si>
   <si>
     <t>FÉVRIER</t>
   </si>
   <si>
     <t>MARS</t>
   </si>
   <si>
     <t>VEN</t>
   </si>
   <si>
     <t>LUN</t>
   </si>
   <si>
     <t>JEU</t>
   </si>
   <si>
@@ -117,61 +117,71 @@
   <si>
     <t>S</t>
   </si>
   <si>
     <t>S+</t>
   </si>
   <si>
     <t>FS</t>
   </si>
   <si>
     <t>Snowboard  + mercredi</t>
   </si>
   <si>
     <t>Snowboard base</t>
   </si>
   <si>
     <t>Samedi 13h45 - 16h45</t>
   </si>
   <si>
     <t>Stage 13h45 - 16H45</t>
   </si>
   <si>
     <t>Mercredi 13H45 - 16H45</t>
   </si>
   <si>
-    <t>Samedi 14h - 17h
-[...2 lines deleted...]
-ou 9H-12H</t>
+    <r>
+      <t xml:space="preserve">14h - 17h ou  9H-12H
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Attention Stage février 14h30 - 17h </t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -209,50 +219,57 @@
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="19">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor rgb="FFFFC000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -714,50 +731,68 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="17" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="17" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -808,68 +843,50 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="16" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="16" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="16" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="17" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="17" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
@@ -1054,237 +1071,237 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73099FA5-1800-426C-B346-B8367E29E465}">
   <dimension ref="A1:AD1002"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="69" zoomScaleNormal="69" workbookViewId="0">
-      <selection activeCell="F2" sqref="F2:L2"/>
+      <selection activeCell="AD4" sqref="AD4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="14.44140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="5.109375" customWidth="1"/>
     <col min="3" max="3" width="7.6640625" customWidth="1"/>
     <col min="4" max="4" width="5.109375" customWidth="1"/>
     <col min="5" max="5" width="6.5546875" customWidth="1"/>
     <col min="6" max="11" width="5.109375" customWidth="1"/>
     <col min="12" max="12" width="6.5546875" customWidth="1"/>
     <col min="13" max="19" width="5.109375" customWidth="1"/>
     <col min="20" max="20" width="5.21875" customWidth="1"/>
     <col min="21" max="25" width="5.109375" customWidth="1"/>
     <col min="26" max="26" width="6.21875" customWidth="1"/>
     <col min="27" max="28" width="5.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="66" t="s">
+      <c r="A1" s="72" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="67"/>
-[...3 lines deleted...]
-      <c r="F1" s="47" t="s">
+      <c r="B1" s="73"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="53" t="s">
         <v>16</v>
       </c>
-      <c r="G1" s="48"/>
-[...5 lines deleted...]
-      <c r="O1" s="50" t="s">
+      <c r="G1" s="54"/>
+      <c r="H1" s="54"/>
+      <c r="I1" s="54"/>
+      <c r="J1" s="54"/>
+      <c r="K1" s="54"/>
+      <c r="L1" s="55"/>
+      <c r="O1" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="P1" s="51"/>
-[...4 lines deleted...]
-      <c r="U1" s="56" t="s">
+      <c r="P1" s="57"/>
+      <c r="Q1" s="57"/>
+      <c r="R1" s="57"/>
+      <c r="S1" s="57"/>
+      <c r="T1" s="57"/>
+      <c r="U1" s="62" t="s">
         <v>0</v>
       </c>
-      <c r="V1" s="57"/>
-[...4 lines deleted...]
-      <c r="AA1" s="58"/>
+      <c r="V1" s="63"/>
+      <c r="W1" s="63"/>
+      <c r="X1" s="63"/>
+      <c r="Y1" s="63"/>
+      <c r="Z1" s="63"/>
+      <c r="AA1" s="64"/>
     </row>
     <row r="2" spans="1:30" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="69" t="s">
+      <c r="A2" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="B2" s="70"/>
-[...22 lines deleted...]
-      <c r="AA2" s="61"/>
+      <c r="B2" s="76"/>
+      <c r="C2" s="76"/>
+      <c r="D2" s="76"/>
+      <c r="E2" s="77"/>
+      <c r="F2" s="81"/>
+      <c r="G2" s="82"/>
+      <c r="H2" s="82"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="84"/>
+      <c r="O2" s="58"/>
+      <c r="P2" s="59"/>
+      <c r="Q2" s="59"/>
+      <c r="R2" s="59"/>
+      <c r="S2" s="59"/>
+      <c r="T2" s="59"/>
+      <c r="U2" s="65"/>
+      <c r="V2" s="66"/>
+      <c r="W2" s="66"/>
+      <c r="X2" s="66"/>
+      <c r="Y2" s="66"/>
+      <c r="Z2" s="66"/>
+      <c r="AA2" s="67"/>
     </row>
     <row r="3" spans="1:30" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="72" t="s">
+      <c r="A3" s="78" t="s">
         <v>19</v>
       </c>
-      <c r="B3" s="73"/>
-[...3 lines deleted...]
-      <c r="F3" s="65" t="s">
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="80"/>
+      <c r="F3" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="G3" s="48"/>
-[...17 lines deleted...]
-      <c r="AA3" s="64"/>
+      <c r="G3" s="54"/>
+      <c r="H3" s="54"/>
+      <c r="I3" s="54"/>
+      <c r="J3" s="54"/>
+      <c r="K3" s="54"/>
+      <c r="L3" s="55"/>
+      <c r="O3" s="60"/>
+      <c r="P3" s="61"/>
+      <c r="Q3" s="61"/>
+      <c r="R3" s="61"/>
+      <c r="S3" s="61"/>
+      <c r="T3" s="61"/>
+      <c r="U3" s="68"/>
+      <c r="V3" s="69"/>
+      <c r="W3" s="69"/>
+      <c r="X3" s="69"/>
+      <c r="Y3" s="69"/>
+      <c r="Z3" s="69"/>
+      <c r="AA3" s="70"/>
     </row>
     <row r="4" spans="1:30" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="P4" s="1"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
     </row>
     <row r="5" spans="1:30" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="79"/>
-[...4 lines deleted...]
-      <c r="F5" s="81"/>
+      <c r="A5" s="47"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
+      <c r="F5" s="49"/>
       <c r="G5" s="12"/>
-      <c r="H5" s="79"/>
-[...4 lines deleted...]
-      <c r="M5" s="81"/>
+      <c r="H5" s="47"/>
+      <c r="I5" s="48"/>
+      <c r="J5" s="48"/>
+      <c r="K5" s="48"/>
+      <c r="L5" s="48"/>
+      <c r="M5" s="49"/>
       <c r="N5" s="13"/>
-      <c r="O5" s="79"/>
-[...4 lines deleted...]
-      <c r="T5" s="81"/>
+      <c r="O5" s="47"/>
+      <c r="P5" s="48"/>
+      <c r="Q5" s="48"/>
+      <c r="R5" s="48"/>
+      <c r="S5" s="48"/>
+      <c r="T5" s="49"/>
       <c r="U5" s="12"/>
-      <c r="V5" s="79"/>
-[...4 lines deleted...]
-      <c r="AA5" s="81"/>
+      <c r="V5" s="47"/>
+      <c r="W5" s="48"/>
+      <c r="X5" s="48"/>
+      <c r="Y5" s="48"/>
+      <c r="Z5" s="48"/>
+      <c r="AA5" s="49"/>
       <c r="AB5" s="12"/>
       <c r="AC5" s="13"/>
       <c r="AD5" s="13"/>
     </row>
     <row r="6" spans="1:30" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="82" t="s">
+      <c r="A6" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="83"/>
-[...3 lines deleted...]
-      <c r="F6" s="84"/>
+      <c r="B6" s="51"/>
+      <c r="C6" s="51"/>
+      <c r="D6" s="51"/>
+      <c r="E6" s="51"/>
+      <c r="F6" s="52"/>
       <c r="G6" s="12"/>
-      <c r="H6" s="82" t="s">
+      <c r="H6" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="I6" s="83"/>
-[...3 lines deleted...]
-      <c r="M6" s="84"/>
+      <c r="I6" s="51"/>
+      <c r="J6" s="51"/>
+      <c r="K6" s="51"/>
+      <c r="L6" s="51"/>
+      <c r="M6" s="52"/>
       <c r="N6" s="13"/>
-      <c r="O6" s="82" t="s">
+      <c r="O6" s="50" t="s">
         <v>3</v>
       </c>
-      <c r="P6" s="83"/>
-[...3 lines deleted...]
-      <c r="T6" s="84"/>
+      <c r="P6" s="51"/>
+      <c r="Q6" s="51"/>
+      <c r="R6" s="51"/>
+      <c r="S6" s="51"/>
+      <c r="T6" s="52"/>
       <c r="U6" s="12"/>
-      <c r="V6" s="82" t="s">
+      <c r="V6" s="50" t="s">
         <v>4</v>
       </c>
-      <c r="W6" s="83"/>
-[...3 lines deleted...]
-      <c r="AA6" s="84"/>
+      <c r="W6" s="51"/>
+      <c r="X6" s="51"/>
+      <c r="Y6" s="51"/>
+      <c r="Z6" s="51"/>
+      <c r="AA6" s="52"/>
       <c r="AB6" s="12"/>
       <c r="AC6" s="13"/>
       <c r="AD6" s="13"/>
     </row>
     <row r="7" spans="1:30" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="6"/>
       <c r="B7" s="7"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="8"/>
       <c r="H7" s="6"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
       <c r="K7" s="5"/>
       <c r="L7" s="5"/>
       <c r="M7" s="8"/>
       <c r="O7" s="6"/>
       <c r="P7" s="17"/>
       <c r="Q7" s="5"/>
       <c r="R7" s="5"/>
       <c r="S7" s="5"/>
       <c r="T7" s="8"/>
       <c r="V7" s="6"/>
       <c r="W7" s="17"/>
@@ -1648,51 +1665,53 @@
       <c r="B16" s="3">
         <v>8</v>
       </c>
       <c r="C16" s="18"/>
       <c r="D16" s="5"/>
       <c r="E16" s="10"/>
       <c r="F16" s="22"/>
       <c r="H16" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I16" s="3">
         <v>8</v>
       </c>
       <c r="J16" s="18"/>
       <c r="K16" s="5"/>
       <c r="L16" s="24"/>
       <c r="M16" s="22"/>
       <c r="O16" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P16" s="3">
         <v>8</v>
       </c>
       <c r="Q16" s="18"/>
       <c r="R16" s="5"/>
-      <c r="S16" s="10"/>
+      <c r="S16" s="33" t="s">
+        <v>14</v>
+      </c>
       <c r="T16" s="29"/>
       <c r="V16" s="9" t="s">
         <v>10</v>
       </c>
       <c r="W16" s="3">
         <v>8</v>
       </c>
       <c r="X16" s="18"/>
       <c r="Y16" s="5"/>
       <c r="Z16" s="10"/>
       <c r="AA16" s="21"/>
     </row>
     <row r="17" spans="1:27" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="3">
         <v>9</v>
       </c>
       <c r="C17" s="18"/>
       <c r="D17" s="5"/>
       <c r="E17" s="10"/>
       <c r="F17" s="22"/>
       <c r="H17" s="6" t="s">
         <v>5</v>
@@ -2192,94 +2211,94 @@
       <c r="T27" s="29"/>
       <c r="V27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="W27" s="3">
         <v>19</v>
       </c>
       <c r="X27" s="18"/>
       <c r="Y27" s="5"/>
       <c r="Z27" s="10"/>
       <c r="AA27" s="22"/>
     </row>
     <row r="28" spans="1:27" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="3">
         <v>20</v>
       </c>
       <c r="C28" s="32" t="s">
         <v>12</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="E28" s="33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E28" s="10"/>
       <c r="F28" s="26"/>
       <c r="H28" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I28" s="3">
         <v>20</v>
       </c>
       <c r="J28" s="18"/>
       <c r="K28" s="5"/>
       <c r="L28" s="24"/>
       <c r="M28" s="10"/>
       <c r="O28" s="6" t="s">
         <v>5</v>
       </c>
       <c r="P28" s="3">
         <v>20</v>
       </c>
       <c r="Q28" s="18"/>
       <c r="R28" s="5"/>
       <c r="S28" s="10"/>
       <c r="T28" s="29"/>
       <c r="V28" s="6" t="s">
         <v>5</v>
       </c>
       <c r="W28" s="3">
         <v>20</v>
       </c>
       <c r="X28" s="18"/>
       <c r="Y28" s="5"/>
       <c r="Z28" s="10"/>
       <c r="AA28" s="22"/>
     </row>
     <row r="29" spans="1:27" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="3">
         <v>21</v>
       </c>
       <c r="C29" s="18"/>
-      <c r="E29" s="10"/>
+      <c r="E29" s="33" t="s">
+        <v>14</v>
+      </c>
       <c r="F29" s="26"/>
       <c r="H29" s="6" t="s">
         <v>11</v>
       </c>
       <c r="I29" s="3">
         <v>21</v>
       </c>
       <c r="J29" s="18"/>
       <c r="K29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="L29" s="24"/>
       <c r="M29" s="10"/>
       <c r="O29" s="6" t="s">
         <v>8</v>
       </c>
       <c r="P29" s="3">
         <v>21</v>
       </c>
       <c r="Q29" s="32" t="s">
         <v>12</v>
       </c>
       <c r="R29" s="4" t="s">
         <v>13</v>
       </c>
@@ -2781,92 +2800,92 @@
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="J41">
         <f>COUNTA(J9:J39)</f>
         <v>6</v>
       </c>
       <c r="K41">
         <f t="shared" ref="K41:L41" si="1">COUNTA(K9:K39)</f>
         <v>10</v>
       </c>
       <c r="L41">
         <f t="shared" si="1"/>
         <v>5</v>
       </c>
       <c r="Q41">
         <f>COUNTA(Q9:Q39)</f>
         <v>8</v>
       </c>
       <c r="R41">
         <f>COUNTA(R9:R39)</f>
         <v>11</v>
       </c>
       <c r="S41">
         <f>COUNTA(S9:S39)</f>
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="X41">
         <f>COUNTA(X9:X39)</f>
         <v>3</v>
       </c>
       <c r="Y41">
         <f t="shared" ref="Y41:Z41" si="2">COUNTA(Y9:Y39)</f>
         <v>6</v>
       </c>
       <c r="Z41">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
     </row>
     <row r="43" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C43">
         <f>C41+J41+Q41+X41</f>
         <v>22</v>
       </c>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
     </row>
     <row r="44" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C44">
         <f>D41+K41+R41+Y41</f>
         <v>33</v>
       </c>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
     </row>
     <row r="45" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C45">
         <f>E41+L41+S41+Z41</f>
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
     </row>
     <row r="46" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
       <c r="S46" s="2"/>
     </row>
     <row r="47" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
     </row>
     <row r="48" spans="1:27" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
       <c r="S48" s="2"/>
     </row>
     <row r="49" spans="17:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q49" s="2"/>
       <c r="R49" s="2"/>
       <c r="S49" s="2"/>
     </row>
@@ -7615,66 +7634,66 @@
       <c r="R998" s="2"/>
       <c r="S998" s="2"/>
     </row>
     <row r="999" spans="17:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q999" s="2"/>
       <c r="R999" s="2"/>
       <c r="S999" s="2"/>
     </row>
     <row r="1000" spans="17:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q1000" s="2"/>
       <c r="R1000" s="2"/>
       <c r="S1000" s="2"/>
     </row>
     <row r="1001" spans="17:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q1001" s="2"/>
       <c r="R1001" s="2"/>
       <c r="S1001" s="2"/>
     </row>
     <row r="1002" spans="17:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="Q1002" s="2"/>
       <c r="R1002" s="2"/>
       <c r="S1002" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="F1:L1"/>
+    <mergeCell ref="O1:T3"/>
+    <mergeCell ref="U1:AA3"/>
+    <mergeCell ref="F3:L3"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="F2:L2"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="H5:M5"/>
     <mergeCell ref="O5:T5"/>
     <mergeCell ref="V5:AA5"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="H6:M6"/>
     <mergeCell ref="O6:T6"/>
     <mergeCell ref="V6:AA6"/>
-    <mergeCell ref="F1:L1"/>
-[...6 lines deleted...]
-    <mergeCell ref="F2:L2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>25-26</vt:lpstr>
     </vt:vector>